--- v0 (2025-12-17)
+++ v1 (2026-01-15)
@@ -43,265 +43,212 @@
       <w:r w:rsidR="00DD4EF7" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
         <w:t xml:space="preserve">rticle </w:t>
       </w:r>
       <w:r w:rsidR="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
         <w:t>template (</w:t>
       </w:r>
       <w:r w:rsidR="008747F3" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
         <w:t>formatting guidelines</w:t>
       </w:r>
       <w:r w:rsidR="000E7B76">
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4501DB34" w14:textId="7F20667F" w:rsidR="00E114FF" w:rsidRPr="000E7B76" w:rsidRDefault="00A13A14" w:rsidP="00F96BD8">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4501DB34" w14:textId="408AD60D" w:rsidR="00E114FF" w:rsidRPr="00141A3E" w:rsidRDefault="00A13A14" w:rsidP="00F96BD8">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00095BF5" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00C653D0" w:rsidRPr="00141A3E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73433D51" w14:textId="7A825432" w:rsidR="00E94104" w:rsidRPr="00141A3E" w:rsidRDefault="00B746BC" w:rsidP="00F96BD8">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00095BF5" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17B31" w:rsidRPr="00141A3E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1,2</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AEF" w:rsidRPr="00141A3E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E949F2F" w14:textId="55EE080C" w:rsidR="00364853" w:rsidRPr="00141A3E" w:rsidRDefault="00B746BC" w:rsidP="00364853">
+      <w:pPr>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Surname</w:t>
+      </w:r>
+      <w:r w:rsidR="00364853" w:rsidRPr="00141A3E">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75944E0C" w14:textId="77777777" w:rsidR="000317B2" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A724BD" w:rsidRPr="000E7B76">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>, Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55832BDA" w14:textId="77777777" w:rsidR="000317B2" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A724BD" w:rsidRPr="000E7B76">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>, Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24363006" w14:textId="77777777" w:rsidR="00421F68" w:rsidRPr="000E7B76" w:rsidRDefault="00421F68" w:rsidP="009B6EF2">
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> Corresponding author: </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5C86" w:rsidRPr="000E7B76">
+        <w:t>email@email.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDD2A40" w14:textId="77777777" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="000317B2" w:rsidP="009B6EF2">
+      <w:pPr>
+        <w:pStyle w:val="HeadingNoNumber"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38AAAB72" w14:textId="27B7989E" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="00A724BD" w:rsidP="007A2CFC">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Write abstract in one paragraph. Do not use text treatments (</w:t>
+      </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Name</w:t>
-[...167 lines deleted...]
-        </w:rPr>
         <w:t>bold</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>italic</w:t>
       </w:r>
       <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>underlin</w:t>
       </w:r>
       <w:r w:rsidR="000E7B76">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> Do not use references, images or formulas. </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve"> Be concise and stick to what is unique and most important. What is the (real) </w:t>
+        <w:t xml:space="preserve">Be concise and stick to what is unique and most important. What is the (real) </w:t>
       </w:r>
       <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">traffic safety problem that motivated your work? What is the specific </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>research question you tr</w:t>
       </w:r>
       <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t>ied</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> to answer? What </w:t>
       </w:r>
       <w:r w:rsidR="00B96158" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">data and </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">method did you use? What </w:t>
       </w:r>
       <w:r w:rsidR="00EC1B9D" w:rsidRPr="000E7B76">
         <w:t>are your most important findings and conclusions</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">? </w:t>
       </w:r>
@@ -316,231 +263,333 @@
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD879EE" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="000C08D2" w:rsidP="007A2CFC">
       <w:r w:rsidRPr="000E7B76">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00B30B19" w:rsidRPr="000E7B76">
         <w:t>eyword_1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B5C2D17" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
       <w:r w:rsidRPr="000E7B76">
         <w:t>keyword_2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48F408E9" w14:textId="77777777" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00B30B19" w:rsidP="007A2CFC">
       <w:r w:rsidRPr="000E7B76">
         <w:t>keyword_3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27994A6B" w14:textId="59305FB8" w:rsidR="00364853" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="007A2CFC">
+    <w:p w14:paraId="27994A6B" w14:textId="18B2F83C" w:rsidR="00364853" w:rsidRPr="000D31FD" w:rsidRDefault="00C87FA0" w:rsidP="007A2CFC">
       <w:r w:rsidRPr="00C87FA0">
         <w:t>Place one keyword per line. Write keywords in lowercase (do not capitalize the first letter), except for terms that require capitalization, such as abbreviations and proper names</w:t>
       </w:r>
       <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00F04215" w:rsidRPr="000E7B76">
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="000D31FD">
+        <w:t xml:space="preserve">traffic safety, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F04215" w:rsidRPr="000D31FD">
+        <w:t>Vision Zero, Time-to-Collision (TTC).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF9BE5E" w14:textId="77777777" w:rsidR="007E3655" w:rsidRPr="000E7B76" w:rsidRDefault="007E3655" w:rsidP="00075D49">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>General technical requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F08C794" w14:textId="1FED8F38" w:rsidR="00B746BC" w:rsidRPr="000E7B76" w:rsidRDefault="00B746BC" w:rsidP="00B746BC">
+    <w:p w14:paraId="72667AB4" w14:textId="20319108" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>General</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73A441F7" w14:textId="65F5501E" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Use Word styles (</w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve">) to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C87FA0">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">provided in this template </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
         <w:t>structure</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve"> the document (Normal, Heading 1, Heading 2, etc.).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="66D1BC94" w14:textId="1E7FC706" w:rsidR="007E3655" w:rsidRPr="000E7B76" w:rsidRDefault="007E3655" w:rsidP="00583867">
+        <w:t xml:space="preserve"> the document (Normal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
+        <w:t xml:space="preserve">Title, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Heading 1, Heading 2, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20618928" w14:textId="701C765A" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E7B76">
-[...8 lines deleted...]
-      <w:r w:rsidR="007143BC" w:rsidRPr="000E7B76">
+      <w:r>
+        <w:t xml:space="preserve">Do not use </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
+        <w:t xml:space="preserve">floating elements (e.g. </w:t>
+      </w:r>
+      <w:r w:rsidR="00141A3E">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ext </w:t>
+      </w:r>
+      <w:r w:rsidR="00141A3E">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>oxes</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
+        <w:t>multiple spaces to place and format your content. Instead, use styles and built-in formatting tools such as text alignment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F83A2A7" w14:textId="3DCF9534" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Make sure to remove all comments and accept all changes.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
+        <w:t>Always provide a final version with no ambiguity</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00910BE2">
+        <w:t>, ready for assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173C7985" w14:textId="3A82B300" w:rsidR="007A2CFC" w:rsidRPr="000E7B76" w:rsidRDefault="007143BC" w:rsidP="00583867">
+    <w:p w14:paraId="003758B9" w14:textId="4B683913" w:rsidR="00A41519" w:rsidRPr="000E7B76" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Submitting revisions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136E05A5" w14:textId="77777777" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve">Submitting revisions, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+        <w:t>Make sure to remove all comments and accept all changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C5D39D" w14:textId="466685FA" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>mark your changes</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00B746BC" w:rsidRPr="00A41519">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ark your </w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2" w:rsidRPr="00910BE2">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>revisions</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
         <w:t>us</w:t>
       </w:r>
       <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidR="007143BC" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="003D1190">
         <w:t>Word's t</w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">ext </w:t>
       </w:r>
       <w:r w:rsidR="003D1190">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">ighlight tool </w:t>
       </w:r>
       <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B746BC" w:rsidRPr="000E7B76">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve">. Do not add any comments—the detailed response to the reviewers should be </w:t>
-[...2 lines deleted...]
-        <w:t>provided</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="173C7985" w14:textId="10D2B729" w:rsidR="007A2CFC" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">detailed response to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">each of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
+        <w:t>reviewers</w:t>
+      </w:r>
+      <w:r>
+        <w:t>’ comment</w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00784637" w:rsidRPr="000E7B76">
-        <w:t>a separate document</w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00784637" w:rsidRPr="00A41519">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>separate</w:t>
+      </w:r>
+      <w:r w:rsidR="00784637" w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> document</w:t>
       </w:r>
       <w:r w:rsidR="00583867" w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="61CBB8DA" w14:textId="55DB999B" w:rsidR="00C87FA0" w:rsidRDefault="00583867" w:rsidP="00C87FA0">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47497A9E" w14:textId="355B34BD" w:rsidR="00A41519" w:rsidRPr="000E7B76" w:rsidRDefault="00A41519" w:rsidP="00A41519">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Submitting for production</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5224A40C" w14:textId="77777777" w:rsidR="00A41519" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
-        <w:t>Submitting for production, make sure to remove text highlights</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="001F8B6E" w14:textId="6E6A1892" w:rsidR="00583867" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="00273F14">
+        <w:t>Make sure to remove all comments and accept all changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CBB8DA" w14:textId="099A6E35" w:rsidR="00C87FA0" w:rsidRDefault="00A41519" w:rsidP="00A41519">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Submit your manuscript as a Word document</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (.docx)</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>, do not convert it to .pdf.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="765FEF4C" w14:textId="77777777" w:rsidR="000E7B76" w:rsidRPr="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
+        <w:lastRenderedPageBreak/>
         <w:t>Titles and headings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="596C3E27" w14:textId="43872CDC" w:rsidR="000E7B76" w:rsidRPr="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
       <w:r w:rsidRPr="000E7B76">
         <w:t>Article title, section headings, and table and figure captions should use sentence case (capitalize only the first word and proper nouns).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28994EA3" w14:textId="3BA5A038" w:rsidR="000E7B76" w:rsidRDefault="000E7B76" w:rsidP="000E7B76">
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Do not </w:t>
       </w:r>
       <w:r w:rsidR="00C87FA0">
         <w:t>add</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> a full stop </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>( .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> ) at the end of headings </w:t>
@@ -615,51 +664,50 @@
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003D1190">
         <w:t xml:space="preserve"> as examples.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102CA315" w14:textId="76D5F9B1" w:rsidR="000C3F5B" w:rsidRPr="000E7B76" w:rsidRDefault="000C3F5B" w:rsidP="00B12AB9">
       <w:r>
         <w:t>Do not use more t</w:t>
       </w:r>
       <w:r w:rsidR="00CD1D4B">
         <w:t>han</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> three levels of headings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBDED3F" w14:textId="3BE45A99" w:rsidR="00824498" w:rsidRPr="000E7B76" w:rsidRDefault="00EF2D71" w:rsidP="00075D49">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
-        <w:lastRenderedPageBreak/>
         <w:t>Text</w:t>
       </w:r>
       <w:r w:rsidR="0021078C" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>matter treatments</w:t>
       </w:r>
       <w:r w:rsidR="003D1190">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
         <w:t>bold</w:t>
       </w:r>
       <w:r w:rsidR="003D1190" w:rsidRPr="003D1190">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -742,916 +790,520 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>emphasize</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> parts of the text.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BFED965" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Numbers and dates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE6A9F8" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Number formatting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FE1263" w14:textId="0A6AFBC4" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
-      <w:r w:rsidRPr="000E7B76">
+    <w:p w14:paraId="18FE1263" w14:textId="0A6AFBC4" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
         <w:t>Make sure to use the selected number format (decimal sign, three-digit separation, etc.) consistently throughout the paper</w:t>
       </w:r>
-      <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
         <w:t>, including the</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00141A3E">
         <w:t xml:space="preserve"> numbers appearing in the text, formulas, tables, and graphs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66142832" w14:textId="1B540C5E" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="66142832" w14:textId="1B540C5E" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve">Use words for quantities below ten and use digits for larger quantities (five participants, but 25 bicyclists). Do not mix them, though: 5 to 25 participants, not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+        <w:t>five to 25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E56E3E7" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Units of measure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5671D14F" w14:textId="1E493D5D" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve">Both abbreviated and fully written units of measure are separated by a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve">(thin) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>non-breaking space: 23</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>kg; 90</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>km/h; 11</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>a.m.; 23</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>kilograms; 3 miles; the structure weighs 63 tons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEE9DC3" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>The exceptions are per cent and degree symbols which are not spaced: 25%; 33.5º.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3A579E" w14:textId="1980A66E" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="00C915E5" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Fully written</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> units become plural when the quantity is more than one (3</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00141A3E">
+        <w:t>kilograms, but 0.5</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0D70" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve">litre) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAD55B3" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Currencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750EA03E" w14:textId="4E3B1463" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>The currency symbols precede the numerals (no space): $25; €70.5; $15</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>billion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55327AD1" w14:textId="7ED96384" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Three-letter currency</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve">codes are separated with a </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve">(thin) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>non-breaking space:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>EUR</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>000; USD</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>billion; SEK</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1190" w:rsidRPr="00141A3E">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>500.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C9E8D21" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>Number ranges</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BDCB5A" w14:textId="3C26C341" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>five participants</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>25 bicyclists</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> rule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t>( –</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">to link the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>range numbers</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> (no spaces)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>12–15; 95 000–110 000; 4.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>–5.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t>4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9F4E5B" w14:textId="45494EB7" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>For ranges including negative number use words to avoid confusion:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>-7.56 to -6.15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7663E1" w14:textId="77777777" w:rsidR="00845FA8" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Units of measure are not repeated:</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>5–6 kg; 1 000–2 500 litres</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E56E3E7" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+    <w:p w14:paraId="2D505398" w14:textId="4C253531" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>Exceptions are per cent and degree signs: 25%–30%; 12.5°–13.5°.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA3AB22" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="001D0D70">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
-        <w:t>Units of measure</w:t>
-[...416 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Dates</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE92B0B" w14:textId="3AE288BA" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">The preferred date format </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E7B76">
-        <w:t>( –</w:t>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00845FA8" w:rsidRPr="00141A3E">
+        <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000E7B76">
-[...193 lines deleted...]
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t xml:space="preserve"> 12 September 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2509DB" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>A named day is separated by a comma: Friday, 30 September 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF7EDA0" w14:textId="77777777" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+      <w:r w:rsidRPr="000E7B76">
+        <w:lastRenderedPageBreak/>
         <w:t>Do not use -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>,  -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>rd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>, -</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>th</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve"> in conjunction with the figure (</w:t>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:t xml:space="preserve"> in conjunction </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>with the figure (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:rPr>
           <w:strike/>
         </w:rPr>
         <w:t>1st April 1980</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00141A3E">
         <w:t>). Avoid using all-figure forms as they could mean different things in different countries (</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00141A3E">
         <w:rPr>
           <w:strike/>
         </w:rPr>
         <w:t>7/5/12</w:t>
       </w:r>
-      <w:r w:rsidRPr="000E7B76">
+      <w:r w:rsidRPr="00141A3E">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B63EF84" w14:textId="21FB0A6A" w:rsidR="001D0D70" w:rsidRPr="000E7B76" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
+    <w:p w14:paraId="0B63EF84" w14:textId="21FB0A6A" w:rsidR="001D0D70" w:rsidRPr="00141A3E" w:rsidRDefault="001D0D70" w:rsidP="00845FA8">
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> rule</w:t>
       </w:r>
       <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:t>( –</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> )</w:t>
       </w:r>
       <w:r w:rsidR="00845FA8" w:rsidRPr="000E7B76">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve">to indicate a date range: </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">to indicate a date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00141A3E">
+        <w:t>range: 12–15 September 2020; data collection during the winter period 2019–2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51820506" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Equations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D0E7098" w14:textId="77610EC2" w:rsidR="00C915E5" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:r w:rsidRPr="000E7B76">
         <w:t>Use Word equation editor (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000E7B76">
         <w:t>) to create equations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0407930C" w14:textId="0B6F9992" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00911F83" w:rsidP="006F3460">
       <w:r>
         <w:t>Do not insert equations inside tables.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A0DAFF" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:r w:rsidRPr="000E7B76">
-        <w:lastRenderedPageBreak/>
         <w:t>General recommendations are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FE45DA" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Do not overload text with formulas; consider providing mathematical details in an appendix rather than the main text.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FCA6E2B" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Provide explanation for each variable included in the formula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54ED9703" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="00FC6BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Number your equations; this is not necessary for equations written in-line with the text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200C0830" w14:textId="78EA7092" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="34483CA1" w14:textId="77777777" w:rsidR="00141A3E" w:rsidRDefault="00141A3E" w:rsidP="006F3460"/>
+    <w:p w14:paraId="200C0830" w14:textId="0EA392ED" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:r w:rsidRPr="000E7B76">
         <w:t>Travel distance is calculated as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A2DE13" w14:textId="3EA022CB" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="00C87FA0" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Equation"/>
       </w:pPr>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>S=</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
@@ -2626,50 +2278,51 @@
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> note related to a specific value/cell in the table. Mark specific notes with a system of indices different from that used in the main text (e.g. *, †, ‡, §, #, **, ††, ‡‡, §§, ##, ***, †††, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BEBD944" w14:textId="6DE53810" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Tablenotes"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>†</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF04B1" w:rsidRPr="000E7B76">
         <w:t>Omitting leading zero (.15 instead of 0.15) for numbers between 0 and 1 is permitted but not recommended. Same approach should be used consistently in all tables.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CAE6AEA" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="000E7B76" w:rsidRDefault="004F49D7" w:rsidP="006F3460"/>
     <w:p w14:paraId="18394397" w14:textId="134B5952" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:r w:rsidRPr="000E7B76">
+        <w:lastRenderedPageBreak/>
         <w:t>General formatting requirements are:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E2A8C8" w14:textId="7288B513" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Do not </w:t>
       </w:r>
       <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
         <w:t>created</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> single-columned tables.</w:t>
       </w:r>
       <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> Consider making</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> a list</w:t>
@@ -2815,51 +2468,50 @@
       <w:r w:rsidR="009A5B6D" w:rsidRPr="000E7B76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65DE9E7F" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Right-align table data: columns with numerical data. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2873565D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
-        <w:lastRenderedPageBreak/>
         <w:t>For numerical data, use the same number of decimal points within the same column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F31A7D" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Tables with multiple sections must have the same number of columns across all sections. If that is not possible, divide the table into multiple tables.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4C0E97" w14:textId="5FF34AF3" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Avoid making table structure overly complex through excessive usage of merged cells. Values that do not belong to any </w:t>
@@ -2868,88 +2520,106 @@
       <w:r w:rsidRPr="000E7B76">
         <w:t>particular column</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> (AIC, BIC, R</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>, etc.) are better fit in the table footnotes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27950769" w14:textId="77777777" w:rsidR="006F3460" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A8D32FF" w14:textId="099D5891" w:rsidR="00EF2D71" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
+    <w:p w14:paraId="7A8D32FF" w14:textId="13555A81" w:rsidR="00EF2D71" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Always import a figure as </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> single image (.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000E7B76">
         <w:t>png</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve"> or .jpg). Editable objects such as Excel charts, textboxes, </w:t>
+        <w:t xml:space="preserve"> or .jpg). Editable objects such as Excel charts, text</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BE2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E7B76">
+        <w:t xml:space="preserve">boxes, </w:t>
       </w:r>
       <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
         <w:t>shapes</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>, etc. must be exported as an image and then imported again.</w:t>
       </w:r>
       <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> Ensure that .</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
         <w:t>png</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
-        <w:t xml:space="preserve"> images do not contain any transparent colours.</w:t>
+        <w:t xml:space="preserve"> images </w:t>
+      </w:r>
+      <w:r w:rsidR="008C12D8">
+        <w:t xml:space="preserve">are opaque (i.e. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t>do not contain any transparent colours</w:t>
+      </w:r>
+      <w:r w:rsidR="008C12D8">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E36C1D" w14:textId="48D8A523" w:rsidR="006F3460" w:rsidRDefault="006F3460" w:rsidP="006F3460">
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">Place the figure in the manuscript directly after the paragraph in which it </w:t>
       </w:r>
       <w:r w:rsidR="00EF2D71" w:rsidRPr="000E7B76">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> first mentioned. Make sure that all figures are referred to in the text (see</w:t>
       </w:r>
       <w:r w:rsidR="00926132">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00926132">
         <w:instrText xml:space="preserve"> REF _Ref215939086 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00926132">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E90B2B" w:rsidRPr="000E7B76">
@@ -3156,50 +2826,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Avoid clutter, such as 3D-effects, diagram area borders, gridlines, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B1AFA8E" w14:textId="2F7966EA" w:rsidR="00B746BC" w:rsidRPr="000E7B76" w:rsidRDefault="006F3460" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Keep text orientation horizontal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="258C26E8" w14:textId="21D76FA4" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Compulsory sections</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FE95F07" w14:textId="4F82682B" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:r>
         <w:t>The manuscript must contain the following sections:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A685DBC" w14:textId="5063D18C" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>About authors</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E0F19A" w14:textId="7D774BAA" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>CRediT contribution statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A187E6" w14:textId="28EF4002" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
@@ -3222,85 +2893,85 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Ethics statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32177D03" w14:textId="3115300E" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Funding.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="548BF9B6" w14:textId="19C70547" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:r>
         <w:t>Additionally, the manuscript may contain the sections:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18F7B0E8" w14:textId="42CC1836" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Acknowledgements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714A7C6F" w14:textId="128880EF" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Data availability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D08A73" w14:textId="68B3A910" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>About the authors</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600C94C8" w14:textId="77777777" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
+    <w:p w14:paraId="600C94C8" w14:textId="10DAD0D4" w:rsidR="006F1AE6" w:rsidRDefault="006F1AE6" w:rsidP="006F1AE6">
       <w:r w:rsidRPr="006F1AE6">
         <w:t xml:space="preserve">The manuscript </w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AE6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AE6">
-        <w:t xml:space="preserve"> include a photo and a short professional biography (5–8 lines) for each of the authors. If in doubts about what to write, check the articles already published in the TSR for examples.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> include a photo and a short professional biography (5–8 lines) for each of the authors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7FC3E9" w14:textId="77777777" w:rsidR="008C12D8" w:rsidRDefault="008C12D8" w:rsidP="006F1AE6"/>
     <w:p w14:paraId="1A901678" w14:textId="7FA7B661" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="006F1AE6">
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188B1026" wp14:editId="4A05AFB6">
             <wp:extent cx="1260000" cy="1260000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Picture 4" descr="A picture containing text, ax&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4" descr="A picture containing text, ax&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
@@ -3379,55 +3050,56 @@
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F1AE6">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>clearly state</w:t>
       </w:r>
       <w:r w:rsidR="006F1AE6">
         <w:t>d here.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676B6CF8" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="000E7B76" w:rsidRDefault="00B17BD0" w:rsidP="00B17BD0">
+    <w:p w14:paraId="676B6CF8" w14:textId="77777777" w:rsidR="009B2946" w:rsidRDefault="00B17BD0" w:rsidP="00B17BD0">
       <w:r w:rsidRPr="000E7B76">
         <w:t>Contributors not included in the list of the authors may be mentioned here, too.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="789CDAF6" w14:textId="77777777" w:rsidR="008C12D8" w:rsidRPr="000E7B76" w:rsidRDefault="008C12D8" w:rsidP="00B17BD0"/>
     <w:p w14:paraId="1F404E8C" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="006F1AE6" w:rsidRDefault="00240F95" w:rsidP="009B2946">
       <w:r w:rsidRPr="006F1AE6">
         <w:t xml:space="preserve">An earlier version of this work was presented as a poster at XXX conference. </w:t>
       </w:r>
       <w:r w:rsidR="009B2946" w:rsidRPr="006F1AE6">
         <w:t xml:space="preserve">The authors would like to thank Mr. Big Expert for the valuable comments </w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AE6">
         <w:t xml:space="preserve">on the draft of </w:t>
       </w:r>
       <w:r w:rsidR="009B2946" w:rsidRPr="006F1AE6">
         <w:t>this manuscript.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01121AAB" w14:textId="1F6842C2" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>CRediT contribution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E95C260" w14:textId="7DD5BE27" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">All authors of a submitted manuscript </w:t>
@@ -3453,50 +3125,51 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidR="00392603" w:rsidRPr="000E7B76">
         <w:t>is a high-level taxonomy that includes 14 roles typically played by the authors of a scientific paper. These include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A1E934" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Conceptualization:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> ideas; formulation or evolution of overarching research goals and aims</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7C62FB" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Data curation:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> management activities to annotate (produce metadata), scrub data and maintain research data (including software code, where it is necessary for interpreting the data itself) for initial use and later re-use</w:t>
       </w:r>
     </w:p>
@@ -3575,51 +3248,50 @@
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Methodology:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> development or design of methodology; creation of models</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634C7E77" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Project administration:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> management and coordination responsibility for the research activity planning and execution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089C8974" w14:textId="77777777" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Resources:</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> provision of study materials, reagents, materials, patients, laboratory samples, animals, instrumentation, computing resources, or other analysis tools</w:t>
       </w:r>
     </w:p>
@@ -3864,50 +3536,51 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/xxxx/xxxyyy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001841C4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28079173" w14:textId="77777777" w:rsidR="0096494A" w:rsidRPr="001841C4" w:rsidRDefault="0096494A" w:rsidP="009A6981">
       <w:r w:rsidRPr="001841C4">
         <w:t>The data are available on request to the authors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45639E47" w14:textId="6185644B" w:rsidR="00471560" w:rsidRPr="000E7B76" w:rsidRDefault="00471560" w:rsidP="00820E0A">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Declaration of </w:t>
       </w:r>
       <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>omp</w:t>
       </w:r>
       <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">ting </w:t>
       </w:r>
       <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>nterest</w:t>
       </w:r>
       <w:r w:rsidR="00174026" w:rsidRPr="000E7B76">
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BBD7CC" w14:textId="68C6FCB2" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="006440D9">
@@ -3958,51 +3631,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1BBDBA" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="000E7B76" w:rsidRDefault="00C35EF4" w:rsidP="00E90B2B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">The authors </w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> state whether in preparation of the manuscript they used generative AI or AI-assisted tools, and if so, specify the tool and the reason for using it.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D24F424" w14:textId="77777777" w:rsidR="001841C4" w:rsidRDefault="001841C4" w:rsidP="00C35EF4"/>
     <w:p w14:paraId="194A67A8" w14:textId="789A93CC" w:rsidR="00C35EF4" w:rsidRPr="001841C4" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
       <w:r w:rsidRPr="001841C4">
-        <w:lastRenderedPageBreak/>
         <w:t>The authors declare that no generative AI was used in this work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56775EC3" w14:textId="77777777" w:rsidR="00C35EF4" w:rsidRPr="001841C4" w:rsidRDefault="00C35EF4" w:rsidP="00C35EF4">
       <w:r w:rsidRPr="001841C4">
         <w:t xml:space="preserve">During the preparation of this work the authors used XXX (tool, version) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001841C4">
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001841C4">
         <w:t xml:space="preserve"> YYY (reason). The output was reviewed and revised by the authors who take full responsibility for the content of the publication.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C7B4AAA" w14:textId="577EDB0A" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>Ethics statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D41C940" w14:textId="0BBAF615" w:rsidR="00392603" w:rsidRPr="000E7B76" w:rsidRDefault="00392603" w:rsidP="00392603">
@@ -4073,190 +3745,184 @@
     </w:p>
     <w:p w14:paraId="2FC3164F" w14:textId="116684EB" w:rsidR="007D65B9" w:rsidRDefault="007D65B9" w:rsidP="007D65B9">
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve">If a funder directly affected some of the decisions related to this research, this must be clearly described. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205D7471" w14:textId="77777777" w:rsidR="001841C4" w:rsidRPr="000E7B76" w:rsidRDefault="001841C4" w:rsidP="007D65B9"/>
     <w:p w14:paraId="6A3BA34C" w14:textId="77777777" w:rsidR="009A6981" w:rsidRPr="001841C4" w:rsidRDefault="009A6981" w:rsidP="007D65B9">
       <w:r w:rsidRPr="001841C4">
         <w:t>This research was funded by the Swedish Transport Administration (grant XXX-XXX).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF48935" w14:textId="77777777" w:rsidR="009B2946" w:rsidRPr="001841C4" w:rsidRDefault="009B2946" w:rsidP="009A6981">
       <w:r w:rsidRPr="001841C4">
         <w:t>No external funding was used in this research.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C406DA1" w14:textId="77777777" w:rsidR="00471560" w:rsidRPr="000E7B76" w:rsidRDefault="00471560" w:rsidP="001F6188">
       <w:pPr>
         <w:pStyle w:val="HeadingNoNumber"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBA75E1" w14:textId="15381072" w:rsidR="005E04FE" w:rsidRDefault="00E875E9" w:rsidP="00D43276">
+    <w:p w14:paraId="1E7260EC" w14:textId="12316ADA" w:rsidR="00926132" w:rsidRPr="008C12D8" w:rsidRDefault="00E875E9" w:rsidP="00D43276">
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Traffic Safety Research</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F94AD7" w:rsidRPr="000E7B76">
         <w:t>applie</w:t>
       </w:r>
       <w:r w:rsidR="00D630BF" w:rsidRPr="000E7B76">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> the APA referencing style, 7</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> edition</w:t>
       </w:r>
       <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B413F3" w:rsidRPr="000E7B76">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="005E04FE" w:rsidRPr="000E7B76">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7260EC" w14:textId="77777777" w:rsidR="00926132" w:rsidRDefault="00926132" w:rsidP="00D43276">
+    <w:p w14:paraId="02492204" w14:textId="57E8F100" w:rsidR="00E875E9" w:rsidRPr="00926132" w:rsidRDefault="004E58A2" w:rsidP="00D43276">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00926132">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00926132">
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>In</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00926132">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00926132">
+        <w:t>text</w:t>
+      </w:r>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>text</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E875E9" w:rsidRPr="00926132">
+        <w:t xml:space="preserve"> references</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11037C6E" w14:textId="13221B73" w:rsidR="00F94AD7" w:rsidRPr="001841C4" w:rsidRDefault="00F94AD7" w:rsidP="00B17B31">
+      <w:r w:rsidRPr="001841C4">
+        <w:t>Many e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve">valuation studies do not account for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
+        <w:t>the effects of well-known</w:t>
+      </w:r>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve"> confounding factors </w:t>
+      </w:r>
+      <w:r w:rsidR="004E58A2" w:rsidRPr="001841C4">
+        <w:t>(Elvik 1997</w:t>
+      </w:r>
+      <w:r w:rsidR="00125426" w:rsidRPr="001841C4">
+        <w:t>; Hauer 2015</w:t>
+      </w:r>
+      <w:r w:rsidR="004E58A2" w:rsidRPr="001841C4">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E875E9" w:rsidRPr="001841C4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C12D8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
+        <w:t>As shown by Elvik (1997)</w:t>
+      </w:r>
+      <w:r w:rsidR="00125426" w:rsidRPr="001841C4">
+        <w:t xml:space="preserve"> and Hauer (2015)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001841C4">
+        <w:t>, many evaluation studies do not account for the effects of well-known confounding factors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC94327" w14:textId="0393CB3F" w:rsidR="00D630BF" w:rsidRPr="00926132" w:rsidRDefault="00D630BF" w:rsidP="00DF0756">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> references</w:t>
-[...40 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00926132">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reference list</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D221C0A" w14:textId="77777777" w:rsidR="0055331A" w:rsidRPr="00B12AB9" w:rsidRDefault="00105C59" w:rsidP="00DF0756">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Journal article</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609A828C" w14:textId="5F905CF6" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">Belin, M.-Å., </w:t>
       </w:r>
@@ -4380,51 +4046,50 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Conference paper</w:t>
       </w:r>
       <w:r w:rsidR="00D630BF" w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>/presentation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="301830AD" w14:textId="77777777" w:rsidR="00C82F86" w:rsidRPr="00B12AB9" w:rsidRDefault="00C82F86" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:r w:rsidRPr="00B12AB9">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Elvik, R., Erke, A., &amp; Christensen, P. (2009, 11–15 January). </w:t>
       </w:r>
       <w:r w:rsidRPr="00B12AB9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Elementary units of exposure</w:t>
       </w:r>
       <w:r w:rsidRPr="00B12AB9">
         <w:t>. TRB Annual Meeting, Washington D. C., USA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B101B1D" w14:textId="4D47041D" w:rsidR="00B413F3" w:rsidRPr="00B12AB9" w:rsidRDefault="00B413F3" w:rsidP="00B413F3">
       <w:pPr>
         <w:pStyle w:val="References"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B12AB9">
         <w:t>Güttinger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B12AB9">
         <w:t xml:space="preserve">, V. A. (1982). </w:t>
       </w:r>
@@ -4702,61 +4367,61 @@
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>https://doi.org/…</w:t>
       </w:r>
       <w:r w:rsidRPr="000E7B76">
         <w:t>’. If no DOI for a reference exists, provide an URL where it can be downloaded.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D630BF" w:rsidRPr="000E7B76" w:rsidSect="00C87FA0">
       <w:footerReference w:type="default" r:id="rId26"/>
       <w:headerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="491E3C31" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
+    <w:p w14:paraId="00626634" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="707C863B" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
+    <w:p w14:paraId="08E2030D" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4825,61 +4490,61 @@
         </w:pPr>
         <w:r w:rsidRPr="000E7B76">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000E7B76">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="000E7B76">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="000E7B76">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="000E7B76">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29426CC9" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
+    <w:p w14:paraId="1282BC4A" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D0F7282" w14:textId="77777777" w:rsidR="00823673" w:rsidRPr="000E7B76" w:rsidRDefault="00823673" w:rsidP="007D2412">
+    <w:p w14:paraId="4F6E3397" w14:textId="77777777" w:rsidR="00BF62DD" w:rsidRPr="000E7B76" w:rsidRDefault="00BF62DD" w:rsidP="007D2412">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000E7B76">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38373921" w14:textId="2EF3F8F0" w:rsidR="00C87FA0" w:rsidRDefault="00C87FA0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60A1E74D" wp14:editId="3E336631">
           <wp:extent cx="2219325" cy="379372"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
@@ -7923,51 +7588,51 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="726026233">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1187645656">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1407802127">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="849946573">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1163661675">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1478105550">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="EN.InstantFormat" w:val="&lt;ENInstantFormat&gt;&lt;Enabled&gt;1&lt;/Enabled&gt;&lt;ScanUnformatted&gt;1&lt;/ScanUnformatted&gt;&lt;ScanChanges&gt;1&lt;/ScanChanges&gt;&lt;Suspended&gt;1&lt;/Suspended&gt;&lt;/ENInstantFormat&gt;"/>
@@ -7981,89 +7646,92 @@
     <w:rsid w:val="000157FF"/>
     <w:rsid w:val="00015AE5"/>
     <w:rsid w:val="00022C2A"/>
     <w:rsid w:val="000317B2"/>
     <w:rsid w:val="00034B26"/>
     <w:rsid w:val="00034F61"/>
     <w:rsid w:val="00051C83"/>
     <w:rsid w:val="00052A14"/>
     <w:rsid w:val="00053AA4"/>
     <w:rsid w:val="000608F8"/>
     <w:rsid w:val="00064C3C"/>
     <w:rsid w:val="000672A2"/>
     <w:rsid w:val="00072A74"/>
     <w:rsid w:val="00074313"/>
     <w:rsid w:val="000753F7"/>
     <w:rsid w:val="00075D49"/>
     <w:rsid w:val="00091CFE"/>
     <w:rsid w:val="00094DD3"/>
     <w:rsid w:val="00095BF5"/>
     <w:rsid w:val="000A0E50"/>
     <w:rsid w:val="000A7D3C"/>
     <w:rsid w:val="000C08D2"/>
     <w:rsid w:val="000C3F5B"/>
     <w:rsid w:val="000C786D"/>
     <w:rsid w:val="000D1A00"/>
+    <w:rsid w:val="000D31FD"/>
     <w:rsid w:val="000E1714"/>
     <w:rsid w:val="000E6845"/>
     <w:rsid w:val="000E7B76"/>
     <w:rsid w:val="000F1569"/>
     <w:rsid w:val="000F5DEC"/>
     <w:rsid w:val="00101CB1"/>
     <w:rsid w:val="00105C59"/>
     <w:rsid w:val="00111C46"/>
     <w:rsid w:val="0011384D"/>
     <w:rsid w:val="001142D5"/>
     <w:rsid w:val="001228F9"/>
     <w:rsid w:val="00125426"/>
     <w:rsid w:val="001364D0"/>
     <w:rsid w:val="00136C25"/>
     <w:rsid w:val="00136FDE"/>
+    <w:rsid w:val="00141A3E"/>
     <w:rsid w:val="00146C64"/>
     <w:rsid w:val="00151B72"/>
     <w:rsid w:val="00152685"/>
     <w:rsid w:val="0016194C"/>
     <w:rsid w:val="00165877"/>
     <w:rsid w:val="00170D79"/>
     <w:rsid w:val="00174026"/>
     <w:rsid w:val="00175069"/>
     <w:rsid w:val="001841C4"/>
     <w:rsid w:val="001915B9"/>
     <w:rsid w:val="0019224A"/>
     <w:rsid w:val="001951BF"/>
     <w:rsid w:val="00196CCF"/>
     <w:rsid w:val="001B5BF8"/>
     <w:rsid w:val="001C4DAB"/>
     <w:rsid w:val="001C7BFD"/>
     <w:rsid w:val="001D0D70"/>
     <w:rsid w:val="001D27AB"/>
     <w:rsid w:val="001E1EC1"/>
     <w:rsid w:val="001E4D52"/>
     <w:rsid w:val="001F05F9"/>
     <w:rsid w:val="001F6188"/>
     <w:rsid w:val="00201570"/>
     <w:rsid w:val="0021078C"/>
+    <w:rsid w:val="00213731"/>
     <w:rsid w:val="00216B3C"/>
     <w:rsid w:val="00217422"/>
     <w:rsid w:val="00224420"/>
     <w:rsid w:val="002278BF"/>
     <w:rsid w:val="00240A9D"/>
     <w:rsid w:val="00240F95"/>
     <w:rsid w:val="002440CC"/>
     <w:rsid w:val="002529A0"/>
     <w:rsid w:val="00252E45"/>
     <w:rsid w:val="00256924"/>
     <w:rsid w:val="002637A3"/>
     <w:rsid w:val="00266870"/>
     <w:rsid w:val="00272E6C"/>
     <w:rsid w:val="002752C4"/>
     <w:rsid w:val="002939F9"/>
     <w:rsid w:val="00294BC2"/>
     <w:rsid w:val="002A1399"/>
     <w:rsid w:val="002A4940"/>
     <w:rsid w:val="002D3711"/>
     <w:rsid w:val="002D38B5"/>
     <w:rsid w:val="002D5C86"/>
     <w:rsid w:val="002F1DC6"/>
     <w:rsid w:val="002F30C7"/>
     <w:rsid w:val="002F43A7"/>
     <w:rsid w:val="003014CC"/>
@@ -8228,102 +7896,105 @@
     <w:rsid w:val="008203B2"/>
     <w:rsid w:val="00820E0A"/>
     <w:rsid w:val="0082294D"/>
     <w:rsid w:val="00823673"/>
     <w:rsid w:val="00824498"/>
     <w:rsid w:val="00824871"/>
     <w:rsid w:val="00825447"/>
     <w:rsid w:val="00826D13"/>
     <w:rsid w:val="008354A8"/>
     <w:rsid w:val="00840DB1"/>
     <w:rsid w:val="008443E1"/>
     <w:rsid w:val="00845353"/>
     <w:rsid w:val="00845FA8"/>
     <w:rsid w:val="00850ADA"/>
     <w:rsid w:val="00850FF3"/>
     <w:rsid w:val="00854554"/>
     <w:rsid w:val="00856495"/>
     <w:rsid w:val="00856738"/>
     <w:rsid w:val="00857C71"/>
     <w:rsid w:val="00860EDE"/>
     <w:rsid w:val="00866E94"/>
     <w:rsid w:val="008747F3"/>
     <w:rsid w:val="008750D3"/>
     <w:rsid w:val="00895B02"/>
     <w:rsid w:val="008B6AC7"/>
+    <w:rsid w:val="008C12D8"/>
     <w:rsid w:val="008C700D"/>
     <w:rsid w:val="008D26F6"/>
     <w:rsid w:val="008E0BC0"/>
     <w:rsid w:val="008F7BBF"/>
     <w:rsid w:val="0090501D"/>
     <w:rsid w:val="00906156"/>
+    <w:rsid w:val="00910BE2"/>
     <w:rsid w:val="00911F83"/>
     <w:rsid w:val="00912225"/>
     <w:rsid w:val="009129D5"/>
     <w:rsid w:val="00914F3A"/>
     <w:rsid w:val="00926132"/>
     <w:rsid w:val="00932900"/>
     <w:rsid w:val="009458BB"/>
     <w:rsid w:val="00946BCB"/>
     <w:rsid w:val="00947295"/>
     <w:rsid w:val="0095607A"/>
     <w:rsid w:val="00960212"/>
     <w:rsid w:val="00961B1C"/>
     <w:rsid w:val="00962419"/>
     <w:rsid w:val="00962B30"/>
     <w:rsid w:val="0096494A"/>
     <w:rsid w:val="00977AC1"/>
     <w:rsid w:val="00980B9E"/>
     <w:rsid w:val="00983E89"/>
     <w:rsid w:val="00984D98"/>
     <w:rsid w:val="00986A59"/>
     <w:rsid w:val="00987717"/>
     <w:rsid w:val="00991D0F"/>
     <w:rsid w:val="009A0E86"/>
     <w:rsid w:val="009A5B6D"/>
     <w:rsid w:val="009A6981"/>
     <w:rsid w:val="009B25A7"/>
     <w:rsid w:val="009B2946"/>
     <w:rsid w:val="009B2F42"/>
     <w:rsid w:val="009B3784"/>
     <w:rsid w:val="009B4C2F"/>
     <w:rsid w:val="009B6EF2"/>
     <w:rsid w:val="009C49AA"/>
     <w:rsid w:val="009D0A17"/>
     <w:rsid w:val="009D4FDB"/>
     <w:rsid w:val="009E242B"/>
     <w:rsid w:val="009E4831"/>
     <w:rsid w:val="009F0F4D"/>
     <w:rsid w:val="009F71DA"/>
     <w:rsid w:val="00A00D69"/>
     <w:rsid w:val="00A104ED"/>
     <w:rsid w:val="00A13A14"/>
     <w:rsid w:val="00A14B4D"/>
     <w:rsid w:val="00A24C77"/>
     <w:rsid w:val="00A2552E"/>
     <w:rsid w:val="00A30562"/>
     <w:rsid w:val="00A32DB6"/>
+    <w:rsid w:val="00A41519"/>
     <w:rsid w:val="00A42855"/>
     <w:rsid w:val="00A724BD"/>
     <w:rsid w:val="00A7670E"/>
     <w:rsid w:val="00A81647"/>
     <w:rsid w:val="00A85589"/>
     <w:rsid w:val="00A9056E"/>
     <w:rsid w:val="00A97005"/>
     <w:rsid w:val="00AA062B"/>
     <w:rsid w:val="00AA2968"/>
     <w:rsid w:val="00AA506B"/>
     <w:rsid w:val="00AA6A76"/>
     <w:rsid w:val="00AA6B4D"/>
     <w:rsid w:val="00AB53A1"/>
     <w:rsid w:val="00AE340A"/>
     <w:rsid w:val="00AE7801"/>
     <w:rsid w:val="00B05267"/>
     <w:rsid w:val="00B12AB9"/>
     <w:rsid w:val="00B147C4"/>
     <w:rsid w:val="00B15168"/>
     <w:rsid w:val="00B17B31"/>
     <w:rsid w:val="00B17BD0"/>
     <w:rsid w:val="00B17C09"/>
     <w:rsid w:val="00B202D8"/>
     <w:rsid w:val="00B30B19"/>
     <w:rsid w:val="00B31E6A"/>
@@ -8339,80 +8010,82 @@
     <w:rsid w:val="00B80FE0"/>
     <w:rsid w:val="00B811D7"/>
     <w:rsid w:val="00B811F5"/>
     <w:rsid w:val="00B83C71"/>
     <w:rsid w:val="00B8521B"/>
     <w:rsid w:val="00B871E7"/>
     <w:rsid w:val="00B87518"/>
     <w:rsid w:val="00B939BC"/>
     <w:rsid w:val="00B941C6"/>
     <w:rsid w:val="00B96158"/>
     <w:rsid w:val="00B97153"/>
     <w:rsid w:val="00B973FA"/>
     <w:rsid w:val="00BA7A90"/>
     <w:rsid w:val="00BB6CFA"/>
     <w:rsid w:val="00BB7E78"/>
     <w:rsid w:val="00BC1A8E"/>
     <w:rsid w:val="00BC2F96"/>
     <w:rsid w:val="00BC3262"/>
     <w:rsid w:val="00BC5C97"/>
     <w:rsid w:val="00BE3F63"/>
     <w:rsid w:val="00BE555E"/>
     <w:rsid w:val="00BE558D"/>
     <w:rsid w:val="00BF04B1"/>
     <w:rsid w:val="00BF2CA3"/>
     <w:rsid w:val="00BF440C"/>
+    <w:rsid w:val="00BF62DD"/>
     <w:rsid w:val="00C03F05"/>
     <w:rsid w:val="00C07E8C"/>
     <w:rsid w:val="00C1471F"/>
     <w:rsid w:val="00C230CE"/>
     <w:rsid w:val="00C336D1"/>
     <w:rsid w:val="00C35EF4"/>
     <w:rsid w:val="00C360C4"/>
     <w:rsid w:val="00C4008B"/>
     <w:rsid w:val="00C41050"/>
     <w:rsid w:val="00C44517"/>
     <w:rsid w:val="00C46718"/>
     <w:rsid w:val="00C54E1F"/>
     <w:rsid w:val="00C55C4A"/>
     <w:rsid w:val="00C56CFD"/>
     <w:rsid w:val="00C57464"/>
     <w:rsid w:val="00C653D0"/>
     <w:rsid w:val="00C820EB"/>
     <w:rsid w:val="00C82F86"/>
     <w:rsid w:val="00C87FA0"/>
     <w:rsid w:val="00C90D17"/>
     <w:rsid w:val="00C915E5"/>
     <w:rsid w:val="00C92058"/>
     <w:rsid w:val="00C97BF4"/>
     <w:rsid w:val="00CA27CA"/>
     <w:rsid w:val="00CA724A"/>
     <w:rsid w:val="00CA7F54"/>
     <w:rsid w:val="00CB30F5"/>
     <w:rsid w:val="00CB33A5"/>
     <w:rsid w:val="00CB3DDE"/>
     <w:rsid w:val="00CC054F"/>
+    <w:rsid w:val="00CC28C8"/>
     <w:rsid w:val="00CC5DF8"/>
     <w:rsid w:val="00CC7227"/>
     <w:rsid w:val="00CD0ADB"/>
     <w:rsid w:val="00CD1332"/>
     <w:rsid w:val="00CD1D4B"/>
     <w:rsid w:val="00CD3BA0"/>
     <w:rsid w:val="00CD7B50"/>
     <w:rsid w:val="00CE14D2"/>
     <w:rsid w:val="00CE280A"/>
     <w:rsid w:val="00CE462A"/>
     <w:rsid w:val="00CF1973"/>
     <w:rsid w:val="00CF370E"/>
     <w:rsid w:val="00CF7A39"/>
     <w:rsid w:val="00CF7CA4"/>
     <w:rsid w:val="00D03392"/>
     <w:rsid w:val="00D118DB"/>
     <w:rsid w:val="00D20806"/>
     <w:rsid w:val="00D23BC1"/>
     <w:rsid w:val="00D2488E"/>
     <w:rsid w:val="00D43276"/>
     <w:rsid w:val="00D43AB0"/>
     <w:rsid w:val="00D52969"/>
     <w:rsid w:val="00D54A6B"/>
     <w:rsid w:val="00D5685E"/>
     <w:rsid w:val="00D630BF"/>
@@ -8464,85 +8137,86 @@
     <w:rsid w:val="00ED1EFF"/>
     <w:rsid w:val="00EE22E3"/>
     <w:rsid w:val="00EE36ED"/>
     <w:rsid w:val="00EE5359"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2D71"/>
     <w:rsid w:val="00EF6A93"/>
     <w:rsid w:val="00F04215"/>
     <w:rsid w:val="00F10859"/>
     <w:rsid w:val="00F110C6"/>
     <w:rsid w:val="00F12EF1"/>
     <w:rsid w:val="00F15801"/>
     <w:rsid w:val="00F2429B"/>
     <w:rsid w:val="00F272BA"/>
     <w:rsid w:val="00F373AC"/>
     <w:rsid w:val="00F446E1"/>
     <w:rsid w:val="00F447FE"/>
     <w:rsid w:val="00F61E3B"/>
     <w:rsid w:val="00F64C51"/>
     <w:rsid w:val="00F825A2"/>
     <w:rsid w:val="00F94AD7"/>
     <w:rsid w:val="00F96BD8"/>
     <w:rsid w:val="00FA0E06"/>
     <w:rsid w:val="00FA7E1E"/>
     <w:rsid w:val="00FB1471"/>
+    <w:rsid w:val="00FB58E8"/>
     <w:rsid w:val="00FB69B1"/>
     <w:rsid w:val="00FC0979"/>
     <w:rsid w:val="00FD1F83"/>
     <w:rsid w:val="00FD6074"/>
     <w:rsid w:val="00FD695E"/>
     <w:rsid w:val="00FF35AA"/>
     <w:rsid w:val="00FF51F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6908A71A"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2F57C769-3D3C-4087-919C-62E30C972FA6}"/>
+  <w15:docId w15:val="{9E063C79-0825-460E-832C-4AF5D38503B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10096,69 +9770,69 @@
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D0A5014-C260-4F63-9BC9-E3D83F6DB39C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{7aa68094-6104-41a6-b443-d4b52451f617}" enabled="0" method="" siteId="{7aa68094-6104-41a6-b443-d4b52451f617}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TSR article template.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2782</Words>
-  <Characters>14749</Characters>
+  <Words>2389</Words>
+  <Characters>13892</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>313</Lines>
+  <Paragraphs>203</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17497</CharactersWithSpaces>
+  <CharactersWithSpaces>16114</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Aliaksei Laureshyn</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>